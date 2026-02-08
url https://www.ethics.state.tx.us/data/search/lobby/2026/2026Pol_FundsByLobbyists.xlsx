--- v0 (2026-01-09)
+++ v1 (2026-02-08)
@@ -299,1860 +299,10634 @@
         <is>
           <r>
             <t xml:space="preserve">City</t>
           </r>
         </is>
       </c>
       <c r="N1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">State</t>
           </r>
         </is>
       </c>
       <c r="O1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Zip</t>
           </r>
         </is>
       </c>
     </row>
     <row r="2" customHeight="1" ht="30">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">83449</t>
+            <t xml:space="preserve">65589</t>
           </r>
         </is>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Biundo, Jennifer (Ms.)</t>
+            <t xml:space="preserve">Barnett, Michael (Mr.)</t>
           </r>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Healthy Futures of Texas</t>
+            <t xml:space="preserve">President/CEO of the Texas REALTORS</t>
           </r>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">2300 W Commerce St </t>
+            <t xml:space="preserve">1115 San Jacinto Blvd</t>
           </r>
         </is>
       </c>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">#212</t>
+            <t xml:space="preserve">Suite 200</t>
           </r>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">San Antonio</t>
+            <t xml:space="preserve">Austin</t>
           </r>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">TX</t>
           </r>
         </is>
       </c>
       <c r="H2" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">78207</t>
+            <t xml:space="preserve">78701-1906</t>
           </r>
         </is>
       </c>
       <c r="I2" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">MODIFIED</t>
           </r>
         </is>
       </c>
       <c r="J2" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Healthy Futures of Texas</t>
+            <t xml:space="preserve">Texas REALTORS</t>
           </r>
         </is>
       </c>
       <c r="K2" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">2300 W Commerce St</t>
+            <t xml:space="preserve">1115 San Jacinto Blvd</t>
           </r>
         </is>
       </c>
       <c r="L2" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">#212</t>
+            <t xml:space="preserve">Suite 200</t>
           </r>
         </is>
       </c>
       <c r="M2" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">San Antonio</t>
+            <t xml:space="preserve">Austin</t>
           </r>
         </is>
       </c>
       <c r="N2" s="4" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">TX</t>
           </r>
         </is>
       </c>
       <c r="O2" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">78207</t>
+            <t xml:space="preserve">78701</t>
           </r>
         </is>
       </c>
     </row>
     <row r="3" customHeight="1" ht="30">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">64055</t>
+            <t xml:space="preserve">84588</t>
           </r>
         </is>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Cawley, Jennifer (Ms.)</t>
+            <t xml:space="preserve">Bates, Tray (Mr.)</t>
           </r>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">TALHI</t>
+            <t xml:space="preserve">VP of Governmental Affairs for Texas REALTORS</t>
           </r>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">1122 Colorado St., Ste 200</t>
+            <t xml:space="preserve">1115 San Jacinto Blvd #200</t>
           </r>
         </is>
       </c>
       <c r="E3" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">null</t>
           </r>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Austin</t>
           </r>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">TX</t>
           </r>
         </is>
       </c>
       <c r="H3" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">78701</t>
           </r>
         </is>
       </c>
       <c r="I3" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">REGULAR</t>
+            <t xml:space="preserve">MODIFIED</t>
           </r>
         </is>
       </c>
       <c r="J3" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">TALHI Life Insurance PAC</t>
+            <t xml:space="preserve">Texas REALTORS</t>
           </r>
         </is>
       </c>
       <c r="K3" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">1122 Colorado Street, Suite 200</t>
+            <t xml:space="preserve">1115 San Jacinto Blvd</t>
           </r>
         </is>
       </c>
       <c r="L3" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">null</t>
+            <t xml:space="preserve">Suite 200</t>
           </r>
         </is>
       </c>
       <c r="M3" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Austin</t>
           </r>
         </is>
       </c>
       <c r="N3" s="4" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">TX</t>
           </r>
         </is>
       </c>
       <c r="O3" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">78701</t>
           </r>
         </is>
       </c>
     </row>
     <row r="4" customHeight="1" ht="30">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">32350</t>
+            <t xml:space="preserve">83449</t>
           </r>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Fields, James (Mr.)</t>
+            <t xml:space="preserve">Biundo, Jennifer (Ms.)</t>
           </r>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Professional Organization</t>
+            <t xml:space="preserve">Healthy Futures of Texas</t>
           </r>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">1220 Colorado, Ste. 500</t>
+            <t xml:space="preserve">2300 W Commerce St </t>
           </r>
         </is>
       </c>
       <c r="E4" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">null</t>
+            <t xml:space="preserve">#212</t>
           </r>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Austin</t>
+            <t xml:space="preserve">San Antonio</t>
           </r>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">TX</t>
           </r>
         </is>
       </c>
       <c r="H4" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">78701</t>
+            <t xml:space="preserve">78207</t>
           </r>
         </is>
       </c>
       <c r="I4" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">REGULAR</t>
+            <t xml:space="preserve">MODIFIED</t>
           </r>
         </is>
       </c>
       <c r="J4" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Texas Trial Lawyers Association PAC</t>
+            <t xml:space="preserve">Healthy Futures of Texas</t>
           </r>
         </is>
       </c>
       <c r="K4" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">1220 Colorado, Ste. 500</t>
+            <t xml:space="preserve">2300 W Commerce St</t>
           </r>
         </is>
       </c>
       <c r="L4" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">null</t>
+            <t xml:space="preserve">#212</t>
           </r>
         </is>
       </c>
       <c r="M4" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Austin</t>
+            <t xml:space="preserve">San Antonio</t>
           </r>
         </is>
       </c>
       <c r="N4" s="4" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">TX</t>
           </r>
         </is>
       </c>
       <c r="O4" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">78701</t>
+            <t xml:space="preserve">78207</t>
           </r>
         </is>
       </c>
     </row>
     <row r="5" customHeight="1" ht="30">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">82974</t>
+            <t xml:space="preserve">56241</t>
           </r>
         </is>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Hightower, Trent (Mr.)</t>
+            <t xml:space="preserve">Blakemore, Allen E. (Mr.)</t>
           </r>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Attorney - Texas Veterinary Medical Association</t>
+            <t xml:space="preserve">Lobbyist</t>
           </r>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">8104 Exchange Drive</t>
+            <t xml:space="preserve">1 E Greenway Plz Ste 225</t>
           </r>
         </is>
       </c>
       <c r="E5" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">null</t>
           </r>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Austin</t>
+            <t xml:space="preserve">Houston</t>
           </r>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">TX</t>
           </r>
         </is>
       </c>
       <c r="H5" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">78754</t>
+            <t xml:space="preserve">77046</t>
           </r>
         </is>
       </c>
       <c r="I5" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">REGULAR</t>
           </r>
         </is>
       </c>
       <c r="J5" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Texas Veterinary Medical Association</t>
+            <t xml:space="preserve">Brett Ligon Campaign</t>
           </r>
         </is>
       </c>
       <c r="K5" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">8104 Exchange</t>
+            <t xml:space="preserve">1 E Greenway Plaza Ste 225</t>
           </r>
         </is>
       </c>
       <c r="L5" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">null</t>
           </r>
         </is>
       </c>
       <c r="M5" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Austin</t>
+            <t xml:space="preserve">Houston</t>
           </r>
         </is>
       </c>
       <c r="N5" s="4" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">TX</t>
           </r>
         </is>
       </c>
       <c r="O5" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">78754</t>
+            <t xml:space="preserve">77046</t>
           </r>
         </is>
       </c>
     </row>
     <row r="6" customHeight="1" ht="30">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">82042</t>
+            <t xml:space="preserve">56241</t>
           </r>
         </is>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Hodge, Daniel (Mr.)</t>
+            <t xml:space="preserve">Blakemore, Allen E. (Mr.)</t>
           </r>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Strategic &amp; Public Affairs Consulting</t>
+            <t xml:space="preserve">Lobbyist</t>
           </r>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">316 W. 12th Street</t>
+            <t xml:space="preserve">1 E Greenway Plz Ste 225</t>
           </r>
         </is>
       </c>
       <c r="E6" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Ste. 200</t>
+            <t xml:space="preserve">null</t>
           </r>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Austin</t>
+            <t xml:space="preserve">Houston</t>
           </r>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">TX</t>
           </r>
         </is>
       </c>
       <c r="H6" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">78701</t>
+            <t xml:space="preserve">77046</t>
           </r>
         </is>
       </c>
       <c r="I6" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">null</t>
+            <t xml:space="preserve">REGULAR</t>
           </r>
         </is>
       </c>
       <c r="J6" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">NCHA's Texas Events PAC</t>
+            <t xml:space="preserve">Don Huffines Campaign</t>
           </r>
         </is>
       </c>
       <c r="K6" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">260 Bailey Avenue</t>
+            <t xml:space="preserve">6125 Luther Ln #294</t>
           </r>
         </is>
       </c>
       <c r="L6" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">null</t>
           </r>
         </is>
       </c>
       <c r="M6" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Fort Worth</t>
+            <t xml:space="preserve">Dallas</t>
           </r>
         </is>
       </c>
       <c r="N6" s="4" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">TX</t>
           </r>
         </is>
       </c>
       <c r="O6" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">76107</t>
+            <t xml:space="preserve">75225</t>
           </r>
         </is>
       </c>
     </row>
     <row r="7" customHeight="1" ht="30">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">60645</t>
+            <t xml:space="preserve">56241</t>
           </r>
         </is>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Kelly, Marsha (Ms.)</t>
+            <t xml:space="preserve">Blakemore, Allen E. (Mr.)</t>
           </r>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Professional Organization</t>
+            <t xml:space="preserve">Lobbyist</t>
           </r>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">1220 Colorado, Ste. 500</t>
+            <t xml:space="preserve">1 E Greenway Plz Ste 225</t>
           </r>
         </is>
       </c>
       <c r="E7" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">null</t>
           </r>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Austin</t>
+            <t xml:space="preserve">Houston</t>
           </r>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">TX</t>
           </r>
         </is>
       </c>
       <c r="H7" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">78701</t>
+            <t xml:space="preserve">77046</t>
           </r>
         </is>
       </c>
       <c r="I7" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">MODIFIED</t>
+            <t xml:space="preserve">REGULAR</t>
           </r>
         </is>
       </c>
       <c r="J7" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Texas Trial Lawyers Associatin PAC</t>
+            <t xml:space="preserve">Friends of Adam Hinojosa</t>
           </r>
         </is>
       </c>
       <c r="K7" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">1220 Colorado, Ste. 500</t>
+            <t xml:space="preserve">1 E Greenway Plaza Ste 225</t>
           </r>
         </is>
       </c>
       <c r="L7" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">null</t>
           </r>
         </is>
       </c>
       <c r="M7" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Austin</t>
+            <t xml:space="preserve">Houston</t>
           </r>
         </is>
       </c>
       <c r="N7" s="4" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">TX</t>
           </r>
         </is>
       </c>
       <c r="O7" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">78701</t>
+            <t xml:space="preserve">77046</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" customHeight="1" ht="30">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">88471</t>
+            <t xml:space="preserve">56241</t>
           </r>
         </is>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Mansdoerfer, David P. (Mr.)</t>
+            <t xml:space="preserve">Blakemore, Allen E. (Mr.)</t>
           </r>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Consultant</t>
+            <t xml:space="preserve">Lobbyist</t>
           </r>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">13809 Research Blvd., #425</t>
+            <t xml:space="preserve">1 E Greenway Plz Ste 225</t>
           </r>
         </is>
       </c>
       <c r="E8" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">null</t>
           </r>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Austin</t>
+            <t xml:space="preserve">Houston</t>
           </r>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">TX</t>
           </r>
         </is>
       </c>
       <c r="H8" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">78750</t>
+            <t xml:space="preserve">77046</t>
           </r>
         </is>
       </c>
       <c r="I8" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">REGULAR</t>
           </r>
         </is>
       </c>
       <c r="J8" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">LeadingAge Texas</t>
+            <t xml:space="preserve">Friends of Dennis Paul</t>
           </r>
         </is>
       </c>
       <c r="K8" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">2205 Hancock Drive</t>
+            <t xml:space="preserve">1 E Greenway Plaza Ste 225</t>
           </r>
         </is>
       </c>
       <c r="L8" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">null</t>
           </r>
         </is>
       </c>
       <c r="M8" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Austin</t>
+            <t xml:space="preserve">Houston</t>
           </r>
         </is>
       </c>
       <c r="N8" s="4" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">TX</t>
           </r>
         </is>
       </c>
       <c r="O8" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">78756</t>
+            <t xml:space="preserve">77046</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" customHeight="1" ht="30">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">88471</t>
+            <t xml:space="preserve">56241</t>
           </r>
         </is>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Mansdoerfer, David P. (Mr.)</t>
+            <t xml:space="preserve">Blakemore, Allen E. (Mr.)</t>
           </r>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Consultant</t>
+            <t xml:space="preserve">Lobbyist</t>
           </r>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">13809 Research Blvd., #425</t>
+            <t xml:space="preserve">1 E Greenway Plz Ste 225</t>
           </r>
         </is>
       </c>
       <c r="E9" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">null</t>
           </r>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Austin</t>
+            <t xml:space="preserve">Houston</t>
           </r>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">TX</t>
           </r>
         </is>
       </c>
       <c r="H9" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">78750</t>
+            <t xml:space="preserve">77046</t>
           </r>
         </is>
       </c>
       <c r="I9" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">REGULAR</t>
           </r>
         </is>
       </c>
       <c r="J9" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Prison Fellowship Ministries</t>
+            <t xml:space="preserve">Friends of Donna Campbell</t>
           </r>
         </is>
       </c>
       <c r="K9" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">44180 Riverside Parkway </t>
+            <t xml:space="preserve">1 E Greenway Plaza Ste 225</t>
           </r>
         </is>
       </c>
       <c r="L9" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">null</t>
           </r>
         </is>
       </c>
       <c r="M9" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Lansdowne</t>
+            <t xml:space="preserve">Houston</t>
           </r>
         </is>
       </c>
       <c r="N9" s="4" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">VA</t>
+            <t xml:space="preserve">TX</t>
           </r>
         </is>
       </c>
       <c r="O9" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">20176</t>
+            <t xml:space="preserve">77046</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" customHeight="1" ht="30">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">88471</t>
+            <t xml:space="preserve">56241</t>
           </r>
         </is>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Mansdoerfer, David P. (Mr.)</t>
+            <t xml:space="preserve">Blakemore, Allen E. (Mr.)</t>
           </r>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Consultant</t>
+            <t xml:space="preserve">Lobbyist</t>
           </r>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">13809 Research Blvd., #425</t>
+            <t xml:space="preserve">1 E Greenway Plz Ste 225</t>
           </r>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">null</t>
           </r>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Austin</t>
+            <t xml:space="preserve">Houston</t>
           </r>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">TX</t>
           </r>
         </is>
       </c>
       <c r="H10" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">78750</t>
+            <t xml:space="preserve">77046</t>
           </r>
         </is>
       </c>
       <c r="I10" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">REGULAR</t>
           </r>
         </is>
       </c>
       <c r="J10" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Texas Chiropractic Association</t>
+            <t xml:space="preserve">Friends of Paul Bettencourt</t>
           </r>
         </is>
       </c>
       <c r="K10" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">1122 Colorado Street Suite 307</t>
+            <t xml:space="preserve">1 E Greenway Plaza Ste 225</t>
           </r>
         </is>
       </c>
       <c r="L10" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">null</t>
           </r>
         </is>
       </c>
       <c r="M10" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Austin</t>
+            <t xml:space="preserve">Houston</t>
           </r>
         </is>
       </c>
       <c r="N10" s="4" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">TX</t>
           </r>
         </is>
       </c>
       <c r="O10" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">78701</t>
+            <t xml:space="preserve">77046</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" customHeight="1" ht="30">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">87318</t>
+            <t xml:space="preserve">56241</t>
           </r>
         </is>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">McCormick, Travis M. (Mr.)</t>
+            <t xml:space="preserve">Blakemore, Allen E. (Mr.)</t>
           </r>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">5900 Balcones Drive STE 100
-Austin TX 78731</t>
+            <t xml:space="preserve">Lobbyist</t>
           </r>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">5900 Balcones Drive STE 100 </t>
+            <t xml:space="preserve">1 E Greenway Plz Ste 225</t>
           </r>
         </is>
       </c>
       <c r="E11" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">null</t>
           </r>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Austin</t>
+            <t xml:space="preserve">Houston</t>
           </r>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">TX</t>
           </r>
         </is>
       </c>
       <c r="H11" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">78731</t>
+            <t xml:space="preserve">77046</t>
           </r>
         </is>
       </c>
       <c r="I11" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">REGULAR</t>
           </r>
         </is>
       </c>
       <c r="J11" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Charles Perry Campaign</t>
+            <t xml:space="preserve">Friends of Tom Oliverson</t>
           </r>
         </is>
       </c>
       <c r="K11" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">P.O. Box 94806</t>
+            <t xml:space="preserve">1 E Greenway Plaza Ste 225</t>
           </r>
         </is>
       </c>
       <c r="L11" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">null</t>
           </r>
         </is>
       </c>
       <c r="M11" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Lubbock</t>
+            <t xml:space="preserve">Houston</t>
           </r>
         </is>
       </c>
       <c r="N11" s="4" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">TX</t>
           </r>
         </is>
       </c>
       <c r="O11" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">79493</t>
+            <t xml:space="preserve">77046</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" customHeight="1" ht="30">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">87318</t>
+            <t xml:space="preserve">56241</t>
           </r>
         </is>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">McCormick, Travis M. (Mr.)</t>
+            <t xml:space="preserve">Blakemore, Allen E. (Mr.)</t>
           </r>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">5900 Balcones Drive STE 100
-Austin TX 78731</t>
+            <t xml:space="preserve">Lobbyist</t>
           </r>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">5900 Balcones Drive STE 100 </t>
+            <t xml:space="preserve">1 E Greenway Plz Ste 225</t>
           </r>
         </is>
       </c>
       <c r="E12" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">null</t>
           </r>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Austin</t>
+            <t xml:space="preserve">Houston</t>
           </r>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">TX</t>
           </r>
         </is>
       </c>
       <c r="H12" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">78731</t>
+            <t xml:space="preserve">77046</t>
           </r>
         </is>
       </c>
       <c r="I12" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">REGULAR</t>
           </r>
         </is>
       </c>
       <c r="J12" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Nate Sheets Campaign</t>
+            <t xml:space="preserve">Leigh Wambsganss Campaign</t>
           </r>
         </is>
       </c>
       <c r="K12" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">2910 Nature Nate Farms Rd.</t>
+            <t xml:space="preserve">1 E Greenway Plaza Ste 225</t>
           </r>
         </is>
       </c>
       <c r="L12" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">null</t>
           </r>
         </is>
       </c>
       <c r="M12" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">McKinney</t>
+            <t xml:space="preserve">Houston</t>
           </r>
         </is>
       </c>
       <c r="N12" s="4" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">TX</t>
           </r>
         </is>
       </c>
       <c r="O12" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">75071</t>
+            <t xml:space="preserve">77046</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" customHeight="1" ht="30">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">87318</t>
+            <t xml:space="preserve">56241</t>
           </r>
         </is>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">McCormick, Travis M. (Mr.)</t>
+            <t xml:space="preserve">Blakemore, Allen E. (Mr.)</t>
           </r>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">5900 Balcones Drive STE 100
-Austin TX 78731</t>
+            <t xml:space="preserve">Lobbyist</t>
           </r>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">5900 Balcones Drive STE 100 </t>
+            <t xml:space="preserve">1 E Greenway Plz Ste 225</t>
           </r>
         </is>
       </c>
       <c r="E13" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">null</t>
           </r>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Austin</t>
+            <t xml:space="preserve">Houston</t>
           </r>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">TX</t>
           </r>
         </is>
       </c>
       <c r="H13" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">78731</t>
+            <t xml:space="preserve">77046</t>
           </r>
         </is>
       </c>
       <c r="I13" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">REGULAR</t>
           </r>
         </is>
       </c>
       <c r="J13" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Wayne Christian for Texas</t>
+            <t xml:space="preserve">Mary Nan Huffman Campaign</t>
           </r>
         </is>
       </c>
       <c r="K13" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">204 Houston St</t>
+            <t xml:space="preserve">1 E Greenway Plaza Ste 225</t>
           </r>
         </is>
       </c>
       <c r="L13" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">null</t>
           </r>
         </is>
       </c>
       <c r="M13" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Center</t>
+            <t xml:space="preserve">Housston</t>
           </r>
         </is>
       </c>
       <c r="N13" s="4" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">TX</t>
           </r>
         </is>
       </c>
       <c r="O13" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">75935</t>
+            <t xml:space="preserve">77046</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" customHeight="1" ht="30">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">68654</t>
+            <t xml:space="preserve">56241</t>
           </r>
         </is>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Norton, Kaden Taylor (Mr.)</t>
+            <t xml:space="preserve">Blakemore, Allen E. (Mr.)</t>
           </r>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Attorney/Lobbyist</t>
+            <t xml:space="preserve">Lobbyist</t>
           </r>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">13809 Research Blvd., Ste. 425</t>
+            <t xml:space="preserve">1 E Greenway Plz Ste 225</t>
           </r>
         </is>
       </c>
       <c r="E14" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">null</t>
           </r>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Austin</t>
+            <t xml:space="preserve">Houston</t>
           </r>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">TX</t>
           </r>
         </is>
       </c>
       <c r="H14" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">78750</t>
+            <t xml:space="preserve">77046</t>
           </r>
         </is>
       </c>
       <c r="I14" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">REGULAR</t>
           </r>
         </is>
       </c>
       <c r="J14" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">LeadingAge Texas</t>
+            <t xml:space="preserve">Pete Flores Campaign</t>
           </r>
         </is>
       </c>
       <c r="K14" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">2205 Hancock Drive</t>
+            <t xml:space="preserve">1005 Congress Ste 580</t>
           </r>
         </is>
       </c>
       <c r="L14" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">null</t>
           </r>
         </is>
       </c>
       <c r="M14" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Austin</t>
           </r>
         </is>
       </c>
       <c r="N14" s="4" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">TX</t>
           </r>
         </is>
       </c>
       <c r="O14" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">78756</t>
+            <t xml:space="preserve">78701</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" customHeight="1" ht="30">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">68654</t>
+            <t xml:space="preserve">56241</t>
           </r>
         </is>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Norton, Kaden Taylor (Mr.)</t>
+            <t xml:space="preserve">Blakemore, Allen E. (Mr.)</t>
           </r>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Attorney/Lobbyist</t>
+            <t xml:space="preserve">Lobbyist</t>
           </r>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">13809 Research Blvd., Ste. 425</t>
+            <t xml:space="preserve">1 E Greenway Plz Ste 225</t>
           </r>
         </is>
       </c>
       <c r="E15" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">null</t>
           </r>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Austin</t>
+            <t xml:space="preserve">Houston</t>
           </r>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">TX</t>
           </r>
         </is>
       </c>
       <c r="H15" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">78750</t>
+            <t xml:space="preserve">77046</t>
           </r>
         </is>
       </c>
       <c r="I15" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">REGULAR</t>
           </r>
         </is>
       </c>
       <c r="J15" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Prison Fellowship Ministries</t>
+            <t xml:space="preserve">Phil Sorrells Campaign</t>
           </r>
         </is>
       </c>
       <c r="K15" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">44180 Riverside Parkway</t>
+            <t xml:space="preserve">209 West 2nd St Ste 365</t>
           </r>
         </is>
       </c>
       <c r="L15" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">null</t>
           </r>
         </is>
       </c>
       <c r="M15" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Lansdowne</t>
+            <t xml:space="preserve">Fort Worth</t>
           </r>
         </is>
       </c>
       <c r="N15" s="4" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">VA</t>
+            <t xml:space="preserve">TX</t>
           </r>
         </is>
       </c>
       <c r="O15" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">20176</t>
+            <t xml:space="preserve">76102</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" customHeight="1" ht="30">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">68654</t>
+            <t xml:space="preserve">56241</t>
           </r>
         </is>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Norton, Kaden Taylor (Mr.)</t>
+            <t xml:space="preserve">Blakemore, Allen E. (Mr.)</t>
           </r>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Attorney/Lobbyist</t>
+            <t xml:space="preserve">Lobbyist</t>
           </r>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">13809 Research Blvd., Ste. 425</t>
+            <t xml:space="preserve">1 E Greenway Plz Ste 225</t>
           </r>
         </is>
       </c>
       <c r="E16" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">null</t>
           </r>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Austin</t>
+            <t xml:space="preserve">Houston</t>
           </r>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">TX</t>
           </r>
         </is>
       </c>
       <c r="H16" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">78750</t>
+            <t xml:space="preserve">77046</t>
           </r>
         </is>
       </c>
       <c r="I16" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">REGULAR</t>
           </r>
         </is>
       </c>
       <c r="J16" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Texas Chiropractic Association</t>
+            <t xml:space="preserve">Tan Parker Campaign</t>
           </r>
         </is>
       </c>
       <c r="K16" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">1122 Colorado St., Suite 307</t>
+            <t xml:space="preserve">PO Box 271741</t>
           </r>
         </is>
       </c>
       <c r="L16" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">null</t>
           </r>
         </is>
       </c>
       <c r="M16" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Austin</t>
+            <t xml:space="preserve">Flower Mound</t>
           </r>
         </is>
       </c>
       <c r="N16" s="4" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">TX</t>
           </r>
         </is>
       </c>
       <c r="O16" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">78701</t>
+            <t xml:space="preserve">75027</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" customHeight="1" ht="30">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">60134</t>
+            <t xml:space="preserve">56241</t>
           </r>
         </is>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Speight, Dennis (Mr.)</t>
+            <t xml:space="preserve">Blakemore, Allen E. (Mr.)</t>
           </r>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Professional Organization</t>
+            <t xml:space="preserve">Lobbyist</t>
           </r>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">1220 Colorado, Ste. 500</t>
+            <t xml:space="preserve">1 E Greenway Plz Ste 225</t>
           </r>
         </is>
       </c>
       <c r="E17" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">null</t>
           </r>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Austin</t>
+            <t xml:space="preserve">Houston</t>
           </r>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">TX</t>
           </r>
         </is>
       </c>
       <c r="H17" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">78701</t>
+            <t xml:space="preserve">77046</t>
           </r>
         </is>
       </c>
       <c r="I17" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">REGULAR</t>
           </r>
         </is>
       </c>
       <c r="J17" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Texas Trial Lawyers Association PAC</t>
+            <t xml:space="preserve">Texans For Dan Patrick</t>
           </r>
         </is>
       </c>
       <c r="K17" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">1220 Colorado, Ste. 500</t>
+            <t xml:space="preserve">1 E Greenway Plaza Ste 225</t>
           </r>
         </is>
       </c>
       <c r="L17" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">null</t>
           </r>
         </is>
       </c>
       <c r="M17" s="2" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">Austin</t>
+            <t xml:space="preserve">Houston</t>
           </r>
         </is>
       </c>
       <c r="N17" s="4" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">TX</t>
           </r>
         </is>
       </c>
       <c r="O17" s="3" t="inlineStr">
         <is>
           <r>
-            <t xml:space="preserve">78701</t>
+            <t xml:space="preserve">77046</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" customHeight="1" ht="30">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <r>
+            <t xml:space="preserve">56241</t>
+          </r>
+        </is>
+      </c>
+      <c r="B18" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Blakemore, Allen E. (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C18" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Lobbyist</t>
+          </r>
+        </is>
+      </c>
+      <c r="D18" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1 E Greenway Plz Ste 225</t>
+          </r>
+        </is>
+      </c>
+      <c r="E18" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F18" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Houston</t>
+          </r>
+        </is>
+      </c>
+      <c r="G18" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H18" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">77046</t>
+          </r>
+        </is>
+      </c>
+      <c r="I18" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J18" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Texans For Joan Huffman</t>
+          </r>
+        </is>
+      </c>
+      <c r="K18" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">3375 Westpark Dr Ste 135</t>
+          </r>
+        </is>
+      </c>
+      <c r="L18" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M18" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Houston</t>
+          </r>
+        </is>
+      </c>
+      <c r="N18" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O18" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">77005</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="19" customHeight="1" ht="30">
+      <c r="A19" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">55627</t>
+          </r>
+        </is>
+      </c>
+      <c r="B19" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Blocker, Trey J. (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C19" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Attorney</t>
+          </r>
+        </is>
+      </c>
+      <c r="D19" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1220 Colorado Street, Suite 450</t>
+          </r>
+        </is>
+      </c>
+      <c r="E19" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F19" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G19" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H19" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I19" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J19" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Texans for Dan Patrick</t>
+          </r>
+        </is>
+      </c>
+      <c r="K19" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1 East Greenway Plaza, Suite 225</t>
+          </r>
+        </is>
+      </c>
+      <c r="L19" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M19" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Houston</t>
+          </r>
+        </is>
+      </c>
+      <c r="N19" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O19" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">77046</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="20" customHeight="1" ht="30">
+      <c r="A20" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">60125</t>
+          </r>
+        </is>
+      </c>
+      <c r="B20" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Borskey, Mark D. (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C20" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Consultant</t>
+          </r>
+        </is>
+      </c>
+      <c r="D20" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">919 Congress Avenue</t>
+          </r>
+        </is>
+      </c>
+      <c r="E20" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Suite 1100</t>
+          </r>
+        </is>
+      </c>
+      <c r="F20" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G20" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H20" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I20" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J20" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Texas State Rifle Association</t>
+          </r>
+        </is>
+      </c>
+      <c r="K20" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">944 State Hwy 71</t>
+          </r>
+        </is>
+      </c>
+      <c r="L20" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M20" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Bastrop</t>
+          </r>
+        </is>
+      </c>
+      <c r="N20" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O20" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78602</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="21" customHeight="1" ht="30">
+      <c r="A21" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">66348</t>
+          </r>
+        </is>
+      </c>
+      <c r="B21" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Brannan, William Ryan (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C21" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">lobbyist</t>
+          </r>
+        </is>
+      </c>
+      <c r="D21" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">2201 Point Bluff Dr.</t>
+          </r>
+        </is>
+      </c>
+      <c r="E21" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F21" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G21" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H21" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78746</t>
+          </r>
+        </is>
+      </c>
+      <c r="I21" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J21" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin Police Association PAC</t>
+          </r>
+        </is>
+      </c>
+      <c r="K21" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">5817 Wilcab Rd</t>
+          </r>
+        </is>
+      </c>
+      <c r="L21" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M21" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N21" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O21" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78721</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="22" customHeight="1" ht="30">
+      <c r="A22" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">66022</t>
+          </r>
+        </is>
+      </c>
+      <c r="B22" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Britton, Chris (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C22" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Lobbyist</t>
+          </r>
+        </is>
+      </c>
+      <c r="D22" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">919 Congress Ave Ste 1255</t>
+          </r>
+        </is>
+      </c>
+      <c r="E22" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F22" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G22" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H22" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I22" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J22" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Texans for Responsible Government PAC</t>
+          </r>
+        </is>
+      </c>
+      <c r="K22" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">919 Congress Ave</t>
+          </r>
+        </is>
+      </c>
+      <c r="L22" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Suite 1255</t>
+          </r>
+        </is>
+      </c>
+      <c r="M22" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N22" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O22" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="23" customHeight="1" ht="30">
+      <c r="A23" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">81244</t>
+          </r>
+        </is>
+      </c>
+      <c r="B23" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Brown, Dahlia (Mrs.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C23" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Director of Field Operations &amp; Gulf Coast Field Rep for Texas REALTORS</t>
+          </r>
+        </is>
+      </c>
+      <c r="D23" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1115 San Jacinto Blvd</t>
+          </r>
+        </is>
+      </c>
+      <c r="E23" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Suite 200</t>
+          </r>
+        </is>
+      </c>
+      <c r="F23" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G23" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H23" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701-1906</t>
+          </r>
+        </is>
+      </c>
+      <c r="I23" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">MODIFIED</t>
+          </r>
+        </is>
+      </c>
+      <c r="J23" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Texas REALTORS</t>
+          </r>
+        </is>
+      </c>
+      <c r="K23" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1115 San Jacinto Blvd</t>
+          </r>
+        </is>
+      </c>
+      <c r="L23" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Suite 200</t>
+          </r>
+        </is>
+      </c>
+      <c r="M23" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N23" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O23" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="24" customHeight="1" ht="30">
+      <c r="A24" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">83285</t>
+          </r>
+        </is>
+      </c>
+      <c r="B24" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Browning, Jessica (Ms.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C24" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Consultant</t>
+          </r>
+        </is>
+      </c>
+      <c r="D24" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">604 West 14th Street</t>
+          </r>
+        </is>
+      </c>
+      <c r="E24" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F24" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G24" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H24" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I24" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J24" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Texans for Charles Schwertner</t>
+          </r>
+        </is>
+      </c>
+      <c r="K24" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">P.O. Box 2448</t>
+          </r>
+        </is>
+      </c>
+      <c r="L24" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M24" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Georgetown</t>
+          </r>
+        </is>
+      </c>
+      <c r="N24" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O24" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78627-2448</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="25" customHeight="1" ht="30">
+      <c r="A25" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">87201</t>
+          </r>
+        </is>
+      </c>
+      <c r="B25" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Buxie II, John (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C25" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Lawyer</t>
+          </r>
+        </is>
+      </c>
+      <c r="D25" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">PO Box 685201</t>
+          </r>
+        </is>
+      </c>
+      <c r="E25" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F25" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G25" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H25" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78768</t>
+          </r>
+        </is>
+      </c>
+      <c r="I25" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="J25" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin Police Association PAC</t>
+          </r>
+        </is>
+      </c>
+      <c r="K25" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">5817 Wilcab Rd.</t>
+          </r>
+        </is>
+      </c>
+      <c r="L25" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M25" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N25" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O25" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78721</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="26" customHeight="1" ht="30">
+      <c r="A26" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">87201</t>
+          </r>
+        </is>
+      </c>
+      <c r="B26" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Buxie II, John (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C26" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Lawyer</t>
+          </r>
+        </is>
+      </c>
+      <c r="D26" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">PO Box 685201</t>
+          </r>
+        </is>
+      </c>
+      <c r="E26" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F26" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G26" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H26" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78768</t>
+          </r>
+        </is>
+      </c>
+      <c r="I26" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="J26" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Ben Bumgarner Campaign</t>
+          </r>
+        </is>
+      </c>
+      <c r="K26" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">5150 Kensington Ct.</t>
+          </r>
+        </is>
+      </c>
+      <c r="L26" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M26" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Flower Mound</t>
+          </r>
+        </is>
+      </c>
+      <c r="N26" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O26" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">75022</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="27" customHeight="1" ht="30">
+      <c r="A27" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">87201</t>
+          </r>
+        </is>
+      </c>
+      <c r="B27" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Buxie II, John (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C27" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Lawyer</t>
+          </r>
+        </is>
+      </c>
+      <c r="D27" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">PO Box 685201</t>
+          </r>
+        </is>
+      </c>
+      <c r="E27" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F27" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G27" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H27" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78768</t>
+          </r>
+        </is>
+      </c>
+      <c r="I27" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="J27" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">David Spiller Campaign</t>
+          </r>
+        </is>
+      </c>
+      <c r="K27" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">P.O. Box 447</t>
+          </r>
+        </is>
+      </c>
+      <c r="L27" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M27" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Jacksboro</t>
+          </r>
+        </is>
+      </c>
+      <c r="N27" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O27" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">76458</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="28" customHeight="1" ht="30">
+      <c r="A28" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">87201</t>
+          </r>
+        </is>
+      </c>
+      <c r="B28" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Buxie II, John (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C28" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Lawyer</t>
+          </r>
+        </is>
+      </c>
+      <c r="D28" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">PO Box 685201</t>
+          </r>
+        </is>
+      </c>
+      <c r="E28" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F28" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G28" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H28" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78768</t>
+          </r>
+        </is>
+      </c>
+      <c r="I28" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="J28" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Janie Lopez Campaign</t>
+          </r>
+        </is>
+      </c>
+      <c r="K28" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">PO Box 2073</t>
+          </r>
+        </is>
+      </c>
+      <c r="L28" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M28" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">San Benito</t>
+          </r>
+        </is>
+      </c>
+      <c r="N28" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O28" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78586</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="29" customHeight="1" ht="30">
+      <c r="A29" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">87201</t>
+          </r>
+        </is>
+      </c>
+      <c r="B29" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Buxie II, John (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C29" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Lawyer</t>
+          </r>
+        </is>
+      </c>
+      <c r="D29" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">PO Box 685201</t>
+          </r>
+        </is>
+      </c>
+      <c r="E29" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F29" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G29" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H29" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78768</t>
+          </r>
+        </is>
+      </c>
+      <c r="I29" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="J29" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Jay Dean Campaign</t>
+          </r>
+        </is>
+      </c>
+      <c r="K29" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">3822 Holly Ridge</t>
+          </r>
+        </is>
+      </c>
+      <c r="L29" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M29" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Longview</t>
+          </r>
+        </is>
+      </c>
+      <c r="N29" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O29" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">75605</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="30" customHeight="1" ht="30">
+      <c r="A30" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">87201</t>
+          </r>
+        </is>
+      </c>
+      <c r="B30" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Buxie II, John (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C30" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Lawyer</t>
+          </r>
+        </is>
+      </c>
+      <c r="D30" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">PO Box 685201</t>
+          </r>
+        </is>
+      </c>
+      <c r="E30" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F30" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G30" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H30" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78768</t>
+          </r>
+        </is>
+      </c>
+      <c r="I30" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="J30" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Jeff Barry Campaign</t>
+          </r>
+        </is>
+      </c>
+      <c r="K30" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">4418 Broadway St.</t>
+          </r>
+        </is>
+      </c>
+      <c r="L30" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M30" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Pearland</t>
+          </r>
+        </is>
+      </c>
+      <c r="N30" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O30" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">77581</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="31" customHeight="1" ht="30">
+      <c r="A31" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">87201</t>
+          </r>
+        </is>
+      </c>
+      <c r="B31" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Buxie II, John (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C31" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Lawyer</t>
+          </r>
+        </is>
+      </c>
+      <c r="D31" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">PO Box 685201</t>
+          </r>
+        </is>
+      </c>
+      <c r="E31" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F31" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G31" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H31" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78768</t>
+          </r>
+        </is>
+      </c>
+      <c r="I31" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="J31" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">John Lujan Campaign</t>
+          </r>
+        </is>
+      </c>
+      <c r="K31" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">P.O. Box 14479</t>
+          </r>
+        </is>
+      </c>
+      <c r="L31" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M31" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">San Antonio</t>
+          </r>
+        </is>
+      </c>
+      <c r="N31" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O31" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78214</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="32" customHeight="1" ht="30">
+      <c r="A32" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">87201</t>
+          </r>
+        </is>
+      </c>
+      <c r="B32" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Buxie II, John (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C32" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Lawyer</t>
+          </r>
+        </is>
+      </c>
+      <c r="D32" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">PO Box 685201</t>
+          </r>
+        </is>
+      </c>
+      <c r="E32" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F32" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G32" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H32" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78768</t>
+          </r>
+        </is>
+      </c>
+      <c r="I32" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="J32" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Protect and Serve Texas PAC</t>
+          </r>
+        </is>
+      </c>
+      <c r="K32" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">PO Box 622</t>
+          </r>
+        </is>
+      </c>
+      <c r="L32" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M32" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N32" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O32" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78767</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="33" customHeight="1" ht="30">
+      <c r="A33" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">87201</t>
+          </r>
+        </is>
+      </c>
+      <c r="B33" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Buxie II, John (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C33" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Lawyer</t>
+          </r>
+        </is>
+      </c>
+      <c r="D33" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">PO Box 685201</t>
+          </r>
+        </is>
+      </c>
+      <c r="E33" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F33" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G33" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H33" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78768</t>
+          </r>
+        </is>
+      </c>
+      <c r="I33" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="J33" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Revitalize Dallas PAC</t>
+          </r>
+        </is>
+      </c>
+      <c r="K33" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">PO Box 634</t>
+          </r>
+        </is>
+      </c>
+      <c r="L33" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M33" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N33" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O33" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78767</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="34" customHeight="1" ht="30">
+      <c r="A34" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">87201</t>
+          </r>
+        </is>
+      </c>
+      <c r="B34" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Buxie II, John (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C34" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Lawyer</t>
+          </r>
+        </is>
+      </c>
+      <c r="D34" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">PO Box 685201</t>
+          </r>
+        </is>
+      </c>
+      <c r="E34" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F34" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G34" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H34" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78768</t>
+          </r>
+        </is>
+      </c>
+      <c r="I34" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="J34" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Stan Gerdes Campaign</t>
+          </r>
+        </is>
+      </c>
+      <c r="K34" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">PO Box 1060</t>
+          </r>
+        </is>
+      </c>
+      <c r="L34" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M34" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Smithville</t>
+          </r>
+        </is>
+      </c>
+      <c r="N34" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O34" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78957</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="35" customHeight="1" ht="30">
+      <c r="A35" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">42945</t>
+          </r>
+        </is>
+      </c>
+      <c r="B35" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Cantu, Leslie Adrienne (Mrs.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C35" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TREPAC Director/Lobbyist for Texas REALTORS</t>
+          </r>
+        </is>
+      </c>
+      <c r="D35" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1115 San Jacinto Blvd</t>
+          </r>
+        </is>
+      </c>
+      <c r="E35" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Suite 200</t>
+          </r>
+        </is>
+      </c>
+      <c r="F35" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G35" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H35" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701-1906</t>
+          </r>
+        </is>
+      </c>
+      <c r="I35" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">MODIFIED</t>
+          </r>
+        </is>
+      </c>
+      <c r="J35" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Texas REALTORS</t>
+          </r>
+        </is>
+      </c>
+      <c r="K35" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1115 San Jacinto Blvd </t>
+          </r>
+        </is>
+      </c>
+      <c r="L35" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Suite 200</t>
+          </r>
+        </is>
+      </c>
+      <c r="M35" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N35" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O35" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="36" customHeight="1" ht="30">
+      <c r="A36" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">42945</t>
+          </r>
+        </is>
+      </c>
+      <c r="B36" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Cantu, Leslie Adrienne (Mrs.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C36" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TREPAC Director/Lobbyist for Texas REALTORS</t>
+          </r>
+        </is>
+      </c>
+      <c r="D36" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1115 San Jacinto Blvd</t>
+          </r>
+        </is>
+      </c>
+      <c r="E36" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Suite 200</t>
+          </r>
+        </is>
+      </c>
+      <c r="F36" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G36" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H36" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701-1906</t>
+          </r>
+        </is>
+      </c>
+      <c r="I36" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">MODIFIED</t>
+          </r>
+        </is>
+      </c>
+      <c r="J36" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TREPAC-Texas REALTORS Political Action Committee</t>
+          </r>
+        </is>
+      </c>
+      <c r="K36" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1115 San Jacinto Blvd</t>
+          </r>
+        </is>
+      </c>
+      <c r="L36" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Suite 200</t>
+          </r>
+        </is>
+      </c>
+      <c r="M36" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N36" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O36" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="37" customHeight="1" ht="30">
+      <c r="A37" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">70461</t>
+          </r>
+        </is>
+      </c>
+      <c r="B37" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Cardwell, Margaret Ann (Ms.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C37" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Attorney</t>
+          </r>
+        </is>
+      </c>
+      <c r="D37" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">508 West 14th Street</t>
+          </r>
+        </is>
+      </c>
+      <c r="E37" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F37" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G37" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H37" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I37" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J37" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Keith Bell Campaign</t>
+          </r>
+        </is>
+      </c>
+      <c r="K37" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">PO Box 1178</t>
+          </r>
+        </is>
+      </c>
+      <c r="L37" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M37" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Forney</t>
+          </r>
+        </is>
+      </c>
+      <c r="N37" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O37" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">75126</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="38" customHeight="1" ht="30">
+      <c r="A38" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">70461</t>
+          </r>
+        </is>
+      </c>
+      <c r="B38" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Cardwell, Margaret Ann (Ms.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C38" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Attorney</t>
+          </r>
+        </is>
+      </c>
+      <c r="D38" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">508 West 14th Street</t>
+          </r>
+        </is>
+      </c>
+      <c r="E38" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F38" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G38" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H38" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I38" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J38" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Nate Sheets Campaign</t>
+          </r>
+        </is>
+      </c>
+      <c r="K38" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">2910 Nature Nate Farms</t>
+          </r>
+        </is>
+      </c>
+      <c r="L38" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M38" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">McKinney</t>
+          </r>
+        </is>
+      </c>
+      <c r="N38" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O38" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">75071</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="39" customHeight="1" ht="30">
+      <c r="A39" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">64055</t>
+          </r>
+        </is>
+      </c>
+      <c r="B39" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Cawley, Jennifer (Ms.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C39" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TALHI</t>
+          </r>
+        </is>
+      </c>
+      <c r="D39" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1122 Colorado St., Ste 200</t>
+          </r>
+        </is>
+      </c>
+      <c r="E39" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F39" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G39" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H39" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I39" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J39" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TALHI Life Insurance PAC</t>
+          </r>
+        </is>
+      </c>
+      <c r="K39" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1122 Colorado Street, Suite 200</t>
+          </r>
+        </is>
+      </c>
+      <c r="L39" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M39" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N39" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O39" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="40" customHeight="1" ht="30">
+      <c r="A40" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">88522</t>
+          </r>
+        </is>
+      </c>
+      <c r="B40" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Crossland, Triston (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C40" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Governmental Affairs/Field Representative for Texas REALTORS</t>
+          </r>
+        </is>
+      </c>
+      <c r="D40" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1115 San Jacinto Blvd</t>
+          </r>
+        </is>
+      </c>
+      <c r="E40" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Suite 200</t>
+          </r>
+        </is>
+      </c>
+      <c r="F40" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G40" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H40" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I40" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">MODIFIED</t>
+          </r>
+        </is>
+      </c>
+      <c r="J40" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Texas REALTORS</t>
+          </r>
+        </is>
+      </c>
+      <c r="K40" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1115 San Jacinto Blvd</t>
+          </r>
+        </is>
+      </c>
+      <c r="L40" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Suite 200</t>
+          </r>
+        </is>
+      </c>
+      <c r="M40" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N40" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O40" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="41" customHeight="1" ht="30">
+      <c r="A41" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">89228</t>
+          </r>
+        </is>
+      </c>
+      <c r="B41" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Diaz, Valeria I. (Mrs.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C41" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Governmental Affairs/Field Representative for Texas REALTORS</t>
+          </r>
+        </is>
+      </c>
+      <c r="D41" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1115 San Jacinto Blvd</t>
+          </r>
+        </is>
+      </c>
+      <c r="E41" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Suite 200</t>
+          </r>
+        </is>
+      </c>
+      <c r="F41" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G41" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H41" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I41" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">MODIFIED</t>
+          </r>
+        </is>
+      </c>
+      <c r="J41" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Texas REALTORS</t>
+          </r>
+        </is>
+      </c>
+      <c r="K41" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1115 San Jacinto Blvd</t>
+          </r>
+        </is>
+      </c>
+      <c r="L41" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Suite 200</t>
+          </r>
+        </is>
+      </c>
+      <c r="M41" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N41" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O41" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="42" customHeight="1" ht="30">
+      <c r="A42" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">86458</t>
+          </r>
+        </is>
+      </c>
+      <c r="B42" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Edwards, Alison T. (Mrs.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C42" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Consultant</t>
+          </r>
+        </is>
+      </c>
+      <c r="D42" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">209 W. 2nd St. Ste. 110</t>
+          </r>
+        </is>
+      </c>
+      <c r="E42" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F42" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Fort Worth</t>
+          </r>
+        </is>
+      </c>
+      <c r="G42" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H42" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">76102</t>
+          </r>
+        </is>
+      </c>
+      <c r="I42" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">MODIFIED</t>
+          </r>
+        </is>
+      </c>
+      <c r="J42" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">For the Children PAC</t>
+          </r>
+        </is>
+      </c>
+      <c r="K42" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">2209 Edwin</t>
+          </r>
+        </is>
+      </c>
+      <c r="L42" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M42" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Fort Worth</t>
+          </r>
+        </is>
+      </c>
+      <c r="N42" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O42" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">76110</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="43" customHeight="1" ht="30">
+      <c r="A43" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">86458</t>
+          </r>
+        </is>
+      </c>
+      <c r="B43" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Edwards, Alison T. (Mrs.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C43" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Consultant</t>
+          </r>
+        </is>
+      </c>
+      <c r="D43" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">209 W. 2nd St. Ste. 110</t>
+          </r>
+        </is>
+      </c>
+      <c r="E43" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F43" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Fort Worth</t>
+          </r>
+        </is>
+      </c>
+      <c r="G43" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H43" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">76102</t>
+          </r>
+        </is>
+      </c>
+      <c r="I43" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">MODIFIED</t>
+          </r>
+        </is>
+      </c>
+      <c r="J43" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Fort Worth Students First PAC</t>
+          </r>
+        </is>
+      </c>
+      <c r="K43" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">P.O. Box 100473</t>
+          </r>
+        </is>
+      </c>
+      <c r="L43" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M43" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Fort Worth</t>
+          </r>
+        </is>
+      </c>
+      <c r="N43" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O43" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">76185</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="44" customHeight="1" ht="30">
+      <c r="A44" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">85040</t>
+          </r>
+        </is>
+      </c>
+      <c r="B44" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Eichler, Shera (Mrs.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C44" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Consultant</t>
+          </r>
+        </is>
+      </c>
+      <c r="D44" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">604 West 14th Street</t>
+          </r>
+        </is>
+      </c>
+      <c r="E44" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F44" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G44" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H44" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I44" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J44" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Burrows Campaign, Dustin</t>
+          </r>
+        </is>
+      </c>
+      <c r="K44" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">P.O. Box 2569</t>
+          </r>
+        </is>
+      </c>
+      <c r="L44" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M44" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Lubbock</t>
+          </r>
+        </is>
+      </c>
+      <c r="N44" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O44" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">79408</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="45" customHeight="1" ht="30">
+      <c r="A45" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">85040</t>
+          </r>
+        </is>
+      </c>
+      <c r="B45" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Eichler, Shera (Mrs.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C45" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Consultant</t>
+          </r>
+        </is>
+      </c>
+      <c r="D45" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">604 West 14th Street</t>
+          </r>
+        </is>
+      </c>
+      <c r="E45" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F45" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G45" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H45" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I45" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J45" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Friends of Dr. Greg Bonnen</t>
+          </r>
+        </is>
+      </c>
+      <c r="K45" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">P.O. Box 1183</t>
+          </r>
+        </is>
+      </c>
+      <c r="L45" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M45" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Friendswood</t>
+          </r>
+        </is>
+      </c>
+      <c r="N45" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O45" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">77549</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="46" customHeight="1" ht="30">
+      <c r="A46" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">85040</t>
+          </r>
+        </is>
+      </c>
+      <c r="B46" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Eichler, Shera (Mrs.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C46" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Consultant</t>
+          </r>
+        </is>
+      </c>
+      <c r="D46" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">604 West 14th Street</t>
+          </r>
+        </is>
+      </c>
+      <c r="E46" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F46" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G46" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H46" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I46" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J46" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Harris Campaign, Cody</t>
+          </r>
+        </is>
+      </c>
+      <c r="K46" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1007 North Mallard Street</t>
+          </r>
+        </is>
+      </c>
+      <c r="L46" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M46" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Palestine</t>
+          </r>
+        </is>
+      </c>
+      <c r="N46" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O46" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">75801</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="47" customHeight="1" ht="30">
+      <c r="A47" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">85040</t>
+          </r>
+        </is>
+      </c>
+      <c r="B47" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Eichler, Shera (Mrs.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C47" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Consultant</t>
+          </r>
+        </is>
+      </c>
+      <c r="D47" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">604 West 14th Street</t>
+          </r>
+        </is>
+      </c>
+      <c r="E47" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F47" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G47" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H47" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I47" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J47" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Hefner Campaign, Cole</t>
+          </r>
+        </is>
+      </c>
+      <c r="K47" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">P.O. Box 167</t>
+          </r>
+        </is>
+      </c>
+      <c r="L47" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M47" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Mount Pleasant</t>
+          </r>
+        </is>
+      </c>
+      <c r="N47" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O47" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">75456</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="48" customHeight="1" ht="30">
+      <c r="A48" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">85040</t>
+          </r>
+        </is>
+      </c>
+      <c r="B48" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Eichler, Shera (Mrs.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C48" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Consultant</t>
+          </r>
+        </is>
+      </c>
+      <c r="D48" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">604 West 14th Street</t>
+          </r>
+        </is>
+      </c>
+      <c r="E48" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F48" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G48" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H48" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I48" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J48" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Leach Campaign, Jeff</t>
+          </r>
+        </is>
+      </c>
+      <c r="K48" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">800 Glen Rose Drive</t>
+          </r>
+        </is>
+      </c>
+      <c r="L48" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M48" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Allen</t>
+          </r>
+        </is>
+      </c>
+      <c r="N48" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O48" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">75013</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="49" customHeight="1" ht="30">
+      <c r="A49" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">85040</t>
+          </r>
+        </is>
+      </c>
+      <c r="B49" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Eichler, Shera (Mrs.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C49" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Consultant</t>
+          </r>
+        </is>
+      </c>
+      <c r="D49" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">604 West 14th Street</t>
+          </r>
+        </is>
+      </c>
+      <c r="E49" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F49" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G49" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H49" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I49" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J49" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Metcalf Campaign, Will</t>
+          </r>
+        </is>
+      </c>
+      <c r="K49" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">195 Lake View Circle</t>
+          </r>
+        </is>
+      </c>
+      <c r="L49" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M49" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Montgomery</t>
+          </r>
+        </is>
+      </c>
+      <c r="N49" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O49" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">77356</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="50" customHeight="1" ht="30">
+      <c r="A50" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">85040</t>
+          </r>
+        </is>
+      </c>
+      <c r="B50" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Eichler, Shera (Mrs.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C50" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Consultant</t>
+          </r>
+        </is>
+      </c>
+      <c r="D50" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">604 West 14th Street</t>
+          </r>
+        </is>
+      </c>
+      <c r="E50" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F50" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G50" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H50" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I50" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J50" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Patterson Campaign, Jared</t>
+          </r>
+        </is>
+      </c>
+      <c r="K50" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">4412 Sapphire Drive</t>
+          </r>
+        </is>
+      </c>
+      <c r="L50" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M50" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Frisco</t>
+          </r>
+        </is>
+      </c>
+      <c r="N50" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O50" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">75034</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="51" customHeight="1" ht="30">
+      <c r="A51" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">32350</t>
+          </r>
+        </is>
+      </c>
+      <c r="B51" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Fields, James (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C51" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Professional Organization</t>
+          </r>
+        </is>
+      </c>
+      <c r="D51" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1220 Colorado, Ste. 500</t>
+          </r>
+        </is>
+      </c>
+      <c r="E51" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F51" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G51" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H51" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I51" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J51" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Texas Trial Lawyers Association PAC</t>
+          </r>
+        </is>
+      </c>
+      <c r="K51" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1220 Colorado, Ste. 500</t>
+          </r>
+        </is>
+      </c>
+      <c r="L51" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M51" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N51" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O51" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="52" customHeight="1" ht="30">
+      <c r="A52" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">82974</t>
+          </r>
+        </is>
+      </c>
+      <c r="B52" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Hightower, Trent (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C52" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Attorney - Texas Veterinary Medical Association</t>
+          </r>
+        </is>
+      </c>
+      <c r="D52" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">8104 Exchange Drive</t>
+          </r>
+        </is>
+      </c>
+      <c r="E52" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F52" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G52" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H52" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78754</t>
+          </r>
+        </is>
+      </c>
+      <c r="I52" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J52" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Texas Veterinary Medical Association</t>
+          </r>
+        </is>
+      </c>
+      <c r="K52" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">8104 Exchange</t>
+          </r>
+        </is>
+      </c>
+      <c r="L52" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M52" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N52" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O52" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78754</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="53" customHeight="1" ht="30">
+      <c r="A53" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">82042</t>
+          </r>
+        </is>
+      </c>
+      <c r="B53" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Hodge, Daniel (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C53" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Strategic &amp; Public Affairs Consulting</t>
+          </r>
+        </is>
+      </c>
+      <c r="D53" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">316 W. 12th Street</t>
+          </r>
+        </is>
+      </c>
+      <c r="E53" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Ste. 200</t>
+          </r>
+        </is>
+      </c>
+      <c r="F53" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G53" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H53" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I53" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J53" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">NCHA's Texas Events PAC</t>
+          </r>
+        </is>
+      </c>
+      <c r="K53" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">260 Bailey Avenue</t>
+          </r>
+        </is>
+      </c>
+      <c r="L53" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M53" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Fort Worth</t>
+          </r>
+        </is>
+      </c>
+      <c r="N53" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O53" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">76107</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="54" customHeight="1" ht="30">
+      <c r="A54" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">88663</t>
+          </r>
+        </is>
+      </c>
+      <c r="B54" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Husted, Ana G. (Ms.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C54" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Director of Advocacy and Outreach</t>
+          </r>
+        </is>
+      </c>
+      <c r="D54" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">P.O. Box 1891</t>
+          </r>
+        </is>
+      </c>
+      <c r="E54" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F54" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G54" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H54" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78767</t>
+          </r>
+        </is>
+      </c>
+      <c r="I54" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J54" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">G2 Public Affairs LLC</t>
+          </r>
+        </is>
+      </c>
+      <c r="K54" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">13341 W US 290</t>
+          </r>
+        </is>
+      </c>
+      <c r="L54" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Bldg 2</t>
+          </r>
+        </is>
+      </c>
+      <c r="M54" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N54" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O54" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78737</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="55" customHeight="1" ht="30">
+      <c r="A55" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">13823</t>
+          </r>
+        </is>
+      </c>
+      <c r="B55" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Ingersoll, Deborah C. (Ms.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C55" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Consulting/Email Notifications</t>
+          </r>
+        </is>
+      </c>
+      <c r="D55" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">P.O. Box 5643</t>
+          </r>
+        </is>
+      </c>
+      <c r="E55" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F55" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G55" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H55" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78763-5643</t>
+          </r>
+        </is>
+      </c>
+      <c r="I55" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J55" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Keresa Richardson Campaign</t>
+          </r>
+        </is>
+      </c>
+      <c r="K55" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">PO Box 1179</t>
+          </r>
+        </is>
+      </c>
+      <c r="L55" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M55" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">McKinney</t>
+          </r>
+        </is>
+      </c>
+      <c r="N55" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O55" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">75070</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="56" customHeight="1" ht="30">
+      <c r="A56" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">85218</t>
+          </r>
+        </is>
+      </c>
+      <c r="B56" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Juergens, Seth (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C56" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Associate Director of Public Policy/Lobbyist for Texas REALTORS</t>
+          </r>
+        </is>
+      </c>
+      <c r="D56" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1115 San Jacinto Blvd</t>
+          </r>
+        </is>
+      </c>
+      <c r="E56" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Suite 200</t>
+          </r>
+        </is>
+      </c>
+      <c r="F56" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G56" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H56" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I56" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">MODIFIED</t>
+          </r>
+        </is>
+      </c>
+      <c r="J56" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Texas REALTORS</t>
+          </r>
+        </is>
+      </c>
+      <c r="K56" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1115 San Jacinto Blvd</t>
+          </r>
+        </is>
+      </c>
+      <c r="L56" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Suite 200</t>
+          </r>
+        </is>
+      </c>
+      <c r="M56" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N56" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O56" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="57" customHeight="1" ht="30">
+      <c r="A57" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">60645</t>
+          </r>
+        </is>
+      </c>
+      <c r="B57" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Kelly, Marsha (Ms.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C57" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Professional Organization</t>
+          </r>
+        </is>
+      </c>
+      <c r="D57" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1220 Colorado, Ste. 500</t>
+          </r>
+        </is>
+      </c>
+      <c r="E57" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F57" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G57" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H57" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I57" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">MODIFIED</t>
+          </r>
+        </is>
+      </c>
+      <c r="J57" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Texas Trial Lawyers Associatin PAC</t>
+          </r>
+        </is>
+      </c>
+      <c r="K57" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1220 Colorado, Ste. 500</t>
+          </r>
+        </is>
+      </c>
+      <c r="L57" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M57" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N57" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O57" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="58" customHeight="1" ht="30">
+      <c r="A58" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">87234</t>
+          </r>
+        </is>
+      </c>
+      <c r="B58" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Laudadio, Gregory R. (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C58" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Governmental Affairs/Field Representative for Texas REALTORS</t>
+          </r>
+        </is>
+      </c>
+      <c r="D58" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1115 San Jacinto Blvd</t>
+          </r>
+        </is>
+      </c>
+      <c r="E58" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Suite 200</t>
+          </r>
+        </is>
+      </c>
+      <c r="F58" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G58" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H58" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I58" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">MODIFIED</t>
+          </r>
+        </is>
+      </c>
+      <c r="J58" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Texas REALTORS</t>
+          </r>
+        </is>
+      </c>
+      <c r="K58" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1115 San Jacinto Blvd</t>
+          </r>
+        </is>
+      </c>
+      <c r="L58" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Suite 200</t>
+          </r>
+        </is>
+      </c>
+      <c r="M58" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N58" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O58" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="59" customHeight="1" ht="30">
+      <c r="A59" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">59548</t>
+          </r>
+        </is>
+      </c>
+      <c r="B59" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Levy, Lori (Ms.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C59" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">VP of Legal Affairs/General Counsel for Texas REALTORS</t>
+          </r>
+        </is>
+      </c>
+      <c r="D59" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1115 San Jacinto Blvd</t>
+          </r>
+        </is>
+      </c>
+      <c r="E59" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Suite 200</t>
+          </r>
+        </is>
+      </c>
+      <c r="F59" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G59" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H59" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701-1906</t>
+          </r>
+        </is>
+      </c>
+      <c r="I59" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">MODIFIED</t>
+          </r>
+        </is>
+      </c>
+      <c r="J59" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Texas REALTORS</t>
+          </r>
+        </is>
+      </c>
+      <c r="K59" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1115 San Jacinto Blvd</t>
+          </r>
+        </is>
+      </c>
+      <c r="L59" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Suite 200</t>
+          </r>
+        </is>
+      </c>
+      <c r="M59" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N59" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O59" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="60" customHeight="1" ht="30">
+      <c r="A60" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">65320</t>
+          </r>
+        </is>
+      </c>
+      <c r="B60" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">List, Amanda (Mrs.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C60" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Consultant</t>
+          </r>
+        </is>
+      </c>
+      <c r="D60" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1001 Congress Avenue</t>
+          </r>
+        </is>
+      </c>
+      <c r="E60" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Suite 450</t>
+          </r>
+        </is>
+      </c>
+      <c r="F60" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G60" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H60" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I60" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J60" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Hunton Andrews Kurth Texas PAC</t>
+          </r>
+        </is>
+      </c>
+      <c r="K60" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">600 Travis Street</t>
+          </r>
+        </is>
+      </c>
+      <c r="L60" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Suite 4200</t>
+          </r>
+        </is>
+      </c>
+      <c r="M60" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Houston</t>
+          </r>
+        </is>
+      </c>
+      <c r="N60" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O60" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">77002</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="61" customHeight="1" ht="30">
+      <c r="A61" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">88471</t>
+          </r>
+        </is>
+      </c>
+      <c r="B61" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Mansdoerfer, David P. (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C61" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Consultant</t>
+          </r>
+        </is>
+      </c>
+      <c r="D61" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">13809 Research Blvd., #425</t>
+          </r>
+        </is>
+      </c>
+      <c r="E61" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F61" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G61" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H61" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78750</t>
+          </r>
+        </is>
+      </c>
+      <c r="I61" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J61" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">LeadingAge Texas</t>
+          </r>
+        </is>
+      </c>
+      <c r="K61" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">2205 Hancock Drive</t>
+          </r>
+        </is>
+      </c>
+      <c r="L61" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M61" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N61" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O61" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78756</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="62" customHeight="1" ht="30">
+      <c r="A62" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">88471</t>
+          </r>
+        </is>
+      </c>
+      <c r="B62" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Mansdoerfer, David P. (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C62" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Consultant</t>
+          </r>
+        </is>
+      </c>
+      <c r="D62" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">13809 Research Blvd., #425</t>
+          </r>
+        </is>
+      </c>
+      <c r="E62" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F62" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G62" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H62" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78750</t>
+          </r>
+        </is>
+      </c>
+      <c r="I62" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J62" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Prison Fellowship Ministries</t>
+          </r>
+        </is>
+      </c>
+      <c r="K62" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">44180 Riverside Parkway </t>
+          </r>
+        </is>
+      </c>
+      <c r="L62" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M62" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Lansdowne</t>
+          </r>
+        </is>
+      </c>
+      <c r="N62" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">VA</t>
+          </r>
+        </is>
+      </c>
+      <c r="O62" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">20176</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="63" customHeight="1" ht="30">
+      <c r="A63" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">88471</t>
+          </r>
+        </is>
+      </c>
+      <c r="B63" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Mansdoerfer, David P. (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C63" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Consultant</t>
+          </r>
+        </is>
+      </c>
+      <c r="D63" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">13809 Research Blvd., #425</t>
+          </r>
+        </is>
+      </c>
+      <c r="E63" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F63" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G63" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H63" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78750</t>
+          </r>
+        </is>
+      </c>
+      <c r="I63" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J63" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Texas Chiropractic Association</t>
+          </r>
+        </is>
+      </c>
+      <c r="K63" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1122 Colorado Street Suite 307</t>
+          </r>
+        </is>
+      </c>
+      <c r="L63" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M63" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N63" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O63" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="64" customHeight="1" ht="30">
+      <c r="A64" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">80378</t>
+          </r>
+        </is>
+      </c>
+      <c r="B64" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Massingill, Joshua David (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C64" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Attorney/Lobbyist</t>
+          </r>
+        </is>
+      </c>
+      <c r="D64" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">13809 Research Blvd. Ste. 425</t>
+          </r>
+        </is>
+      </c>
+      <c r="E64" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F64" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G64" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H64" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78750</t>
+          </r>
+        </is>
+      </c>
+      <c r="I64" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J64" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">LeadingAge Texas</t>
+          </r>
+        </is>
+      </c>
+      <c r="K64" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">2205 Hancock Drive</t>
+          </r>
+        </is>
+      </c>
+      <c r="L64" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M64" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N64" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O64" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78756</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="65" customHeight="1" ht="30">
+      <c r="A65" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">80378</t>
+          </r>
+        </is>
+      </c>
+      <c r="B65" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Massingill, Joshua David (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C65" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Attorney/Lobbyist</t>
+          </r>
+        </is>
+      </c>
+      <c r="D65" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">13809 Research Blvd. Ste. 425</t>
+          </r>
+        </is>
+      </c>
+      <c r="E65" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F65" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G65" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H65" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78750</t>
+          </r>
+        </is>
+      </c>
+      <c r="I65" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J65" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Prison Fellowship Ministries</t>
+          </r>
+        </is>
+      </c>
+      <c r="K65" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">44180 Riverside Parkway</t>
+          </r>
+        </is>
+      </c>
+      <c r="L65" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M65" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Lansdowne</t>
+          </r>
+        </is>
+      </c>
+      <c r="N65" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">VA</t>
+          </r>
+        </is>
+      </c>
+      <c r="O65" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">20176</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="66" customHeight="1" ht="30">
+      <c r="A66" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">80378</t>
+          </r>
+        </is>
+      </c>
+      <c r="B66" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Massingill, Joshua David (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C66" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Attorney/Lobbyist</t>
+          </r>
+        </is>
+      </c>
+      <c r="D66" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">13809 Research Blvd. Ste. 425</t>
+          </r>
+        </is>
+      </c>
+      <c r="E66" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F66" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G66" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H66" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78750</t>
+          </r>
+        </is>
+      </c>
+      <c r="I66" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J66" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Texas Chiropractic Association</t>
+          </r>
+        </is>
+      </c>
+      <c r="K66" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1122 Colorado St., Suite 307</t>
+          </r>
+        </is>
+      </c>
+      <c r="L66" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M66" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N66" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O66" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="67" customHeight="1" ht="30">
+      <c r="A67" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">87318</t>
+          </r>
+        </is>
+      </c>
+      <c r="B67" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">McCormick, Travis M. (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C67" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">5900 Balcones Drive STE 100
+Austin TX 78731</t>
+          </r>
+        </is>
+      </c>
+      <c r="D67" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">5900 Balcones Drive STE 100 </t>
+          </r>
+        </is>
+      </c>
+      <c r="E67" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F67" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G67" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H67" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78731</t>
+          </r>
+        </is>
+      </c>
+      <c r="I67" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J67" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Charles Perry Campaign</t>
+          </r>
+        </is>
+      </c>
+      <c r="K67" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">P.O. Box 94806</t>
+          </r>
+        </is>
+      </c>
+      <c r="L67" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M67" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Lubbock</t>
+          </r>
+        </is>
+      </c>
+      <c r="N67" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O67" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">79493</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="68" customHeight="1" ht="30">
+      <c r="A68" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">87318</t>
+          </r>
+        </is>
+      </c>
+      <c r="B68" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">McCormick, Travis M. (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C68" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">5900 Balcones Drive STE 100
+Austin TX 78731</t>
+          </r>
+        </is>
+      </c>
+      <c r="D68" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">5900 Balcones Drive STE 100 </t>
+          </r>
+        </is>
+      </c>
+      <c r="E68" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F68" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G68" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H68" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78731</t>
+          </r>
+        </is>
+      </c>
+      <c r="I68" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J68" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Nate Sheets Campaign</t>
+          </r>
+        </is>
+      </c>
+      <c r="K68" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">2910 Nature Nate Farms Rd.</t>
+          </r>
+        </is>
+      </c>
+      <c r="L68" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M68" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">McKinney</t>
+          </r>
+        </is>
+      </c>
+      <c r="N68" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O68" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">75071</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="69" customHeight="1" ht="30">
+      <c r="A69" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">87318</t>
+          </r>
+        </is>
+      </c>
+      <c r="B69" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">McCormick, Travis M. (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C69" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">5900 Balcones Drive STE 100
+Austin TX 78731</t>
+          </r>
+        </is>
+      </c>
+      <c r="D69" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">5900 Balcones Drive STE 100 </t>
+          </r>
+        </is>
+      </c>
+      <c r="E69" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F69" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G69" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H69" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78731</t>
+          </r>
+        </is>
+      </c>
+      <c r="I69" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J69" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Wayne Christian for Texas</t>
+          </r>
+        </is>
+      </c>
+      <c r="K69" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">204 Houston St</t>
+          </r>
+        </is>
+      </c>
+      <c r="L69" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M69" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Center</t>
+          </r>
+        </is>
+      </c>
+      <c r="N69" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O69" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">75935</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="70" customHeight="1" ht="30">
+      <c r="A70" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">81248</t>
+          </r>
+        </is>
+      </c>
+      <c r="B70" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">McDaniel, Josh (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C70" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Governmental Affairs/Field Representative for Texas REALTORS</t>
+          </r>
+        </is>
+      </c>
+      <c r="D70" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1115 San Jacinto Blvd</t>
+          </r>
+        </is>
+      </c>
+      <c r="E70" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Suite 200</t>
+          </r>
+        </is>
+      </c>
+      <c r="F70" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G70" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H70" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701-1906</t>
+          </r>
+        </is>
+      </c>
+      <c r="I70" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">MODIFIED</t>
+          </r>
+        </is>
+      </c>
+      <c r="J70" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Texas REALTORS</t>
+          </r>
+        </is>
+      </c>
+      <c r="K70" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1115 San Jacinto Blvd</t>
+          </r>
+        </is>
+      </c>
+      <c r="L70" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Suite 200</t>
+          </r>
+        </is>
+      </c>
+      <c r="M70" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N70" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O70" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="71" customHeight="1" ht="30">
+      <c r="A71" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">68654</t>
+          </r>
+        </is>
+      </c>
+      <c r="B71" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Norton, Kaden Taylor (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C71" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Attorney/Lobbyist</t>
+          </r>
+        </is>
+      </c>
+      <c r="D71" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">13809 Research Blvd., Ste. 425</t>
+          </r>
+        </is>
+      </c>
+      <c r="E71" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F71" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G71" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H71" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78750</t>
+          </r>
+        </is>
+      </c>
+      <c r="I71" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J71" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">LeadingAge Texas</t>
+          </r>
+        </is>
+      </c>
+      <c r="K71" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">2205 Hancock Drive</t>
+          </r>
+        </is>
+      </c>
+      <c r="L71" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M71" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N71" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O71" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78756</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="72" customHeight="1" ht="30">
+      <c r="A72" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">68654</t>
+          </r>
+        </is>
+      </c>
+      <c r="B72" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Norton, Kaden Taylor (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C72" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Attorney/Lobbyist</t>
+          </r>
+        </is>
+      </c>
+      <c r="D72" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">13809 Research Blvd., Ste. 425</t>
+          </r>
+        </is>
+      </c>
+      <c r="E72" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F72" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G72" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H72" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78750</t>
+          </r>
+        </is>
+      </c>
+      <c r="I72" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J72" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Prison Fellowship Ministries</t>
+          </r>
+        </is>
+      </c>
+      <c r="K72" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">44180 Riverside Parkway</t>
+          </r>
+        </is>
+      </c>
+      <c r="L72" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M72" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Lansdowne</t>
+          </r>
+        </is>
+      </c>
+      <c r="N72" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">VA</t>
+          </r>
+        </is>
+      </c>
+      <c r="O72" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">20176</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="73" customHeight="1" ht="30">
+      <c r="A73" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">68654</t>
+          </r>
+        </is>
+      </c>
+      <c r="B73" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Norton, Kaden Taylor (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C73" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Attorney/Lobbyist</t>
+          </r>
+        </is>
+      </c>
+      <c r="D73" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">13809 Research Blvd., Ste. 425</t>
+          </r>
+        </is>
+      </c>
+      <c r="E73" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F73" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G73" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H73" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78750</t>
+          </r>
+        </is>
+      </c>
+      <c r="I73" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J73" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Texas Chiropractic Association</t>
+          </r>
+        </is>
+      </c>
+      <c r="K73" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1122 Colorado St., Suite 307</t>
+          </r>
+        </is>
+      </c>
+      <c r="L73" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M73" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N73" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O73" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="74" customHeight="1" ht="30">
+      <c r="A74" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">81262</t>
+          </r>
+        </is>
+      </c>
+      <c r="B74" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Parenteau, Julia (Mrs.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C74" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Director of Public Policy/Lobbyist for Texas REALTORS</t>
+          </r>
+        </is>
+      </c>
+      <c r="D74" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1115 San Jacinto Blvd</t>
+          </r>
+        </is>
+      </c>
+      <c r="E74" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Ste 200</t>
+          </r>
+        </is>
+      </c>
+      <c r="F74" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G74" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H74" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701-1906</t>
+          </r>
+        </is>
+      </c>
+      <c r="I74" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">MODIFIED</t>
+          </r>
+        </is>
+      </c>
+      <c r="J74" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Texas REALTORS</t>
+          </r>
+        </is>
+      </c>
+      <c r="K74" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1115 San Jacinto Blvd</t>
+          </r>
+        </is>
+      </c>
+      <c r="L74" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Suite 200</t>
+          </r>
+        </is>
+      </c>
+      <c r="M74" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N74" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O74" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="75" customHeight="1" ht="30">
+      <c r="A75" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">60647</t>
+          </r>
+        </is>
+      </c>
+      <c r="B75" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Pate, Gardner (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C75" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Consultant</t>
+          </r>
+        </is>
+      </c>
+      <c r="D75" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">PO Box 729</t>
+          </r>
+        </is>
+      </c>
+      <c r="E75" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F75" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G75" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H75" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78767</t>
+          </r>
+        </is>
+      </c>
+      <c r="I75" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J75" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Dustin Burrows Campaign</t>
+          </r>
+        </is>
+      </c>
+      <c r="K75" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">PO Box 274</t>
+          </r>
+        </is>
+      </c>
+      <c r="L75" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M75" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N75" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O75" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78767</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="76" customHeight="1" ht="30">
+      <c r="A76" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">60647</t>
+          </r>
+        </is>
+      </c>
+      <c r="B76" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Pate, Gardner (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C76" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Consultant</t>
+          </r>
+        </is>
+      </c>
+      <c r="D76" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">PO Box 729</t>
+          </r>
+        </is>
+      </c>
+      <c r="E76" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F76" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G76" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H76" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78767</t>
+          </r>
+        </is>
+      </c>
+      <c r="I76" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J76" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Texans for Greg Abbott</t>
+          </r>
+        </is>
+      </c>
+      <c r="K76" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">PO Box 308</t>
+          </r>
+        </is>
+      </c>
+      <c r="L76" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M76" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N76" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O76" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78767</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="77" customHeight="1" ht="30">
+      <c r="A77" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">60647</t>
+          </r>
+        </is>
+      </c>
+      <c r="B77" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Pate, Gardner (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C77" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Consultant</t>
+          </r>
+        </is>
+      </c>
+      <c r="D77" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">PO Box 729</t>
+          </r>
+        </is>
+      </c>
+      <c r="E77" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F77" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G77" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H77" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78767</t>
+          </r>
+        </is>
+      </c>
+      <c r="I77" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J77" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Texans for Kelly Hancock SPAC</t>
+          </r>
+        </is>
+      </c>
+      <c r="K77" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">PO Box 11528</t>
+          </r>
+        </is>
+      </c>
+      <c r="L77" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M77" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N77" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O77" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78711</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="78" customHeight="1" ht="30">
+      <c r="A78" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">39913</t>
+          </r>
+        </is>
+      </c>
+      <c r="B78" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Reeves, Michael S. (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C78" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Governmental Affairs/Field Representative for Texas REALTORS</t>
+          </r>
+        </is>
+      </c>
+      <c r="D78" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1115 San Jacinto Blvd</t>
+          </r>
+        </is>
+      </c>
+      <c r="E78" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Suite 200</t>
+          </r>
+        </is>
+      </c>
+      <c r="F78" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G78" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H78" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701-1906</t>
+          </r>
+        </is>
+      </c>
+      <c r="I78" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">MODIFIED</t>
+          </r>
+        </is>
+      </c>
+      <c r="J78" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Texas REALTORS</t>
+          </r>
+        </is>
+      </c>
+      <c r="K78" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1115 San Jacinto Blvd</t>
+          </r>
+        </is>
+      </c>
+      <c r="L78" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Suite 200</t>
+          </r>
+        </is>
+      </c>
+      <c r="M78" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N78" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O78" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="79" customHeight="1" ht="30">
+      <c r="A79" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">60134</t>
+          </r>
+        </is>
+      </c>
+      <c r="B79" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Speight, Dennis (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C79" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Professional Organization</t>
+          </r>
+        </is>
+      </c>
+      <c r="D79" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1220 Colorado, Ste. 500</t>
+          </r>
+        </is>
+      </c>
+      <c r="E79" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F79" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G79" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H79" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I79" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J79" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Texas Trial Lawyers Association PAC</t>
+          </r>
+        </is>
+      </c>
+      <c r="K79" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1220 Colorado, Ste. 500</t>
+          </r>
+        </is>
+      </c>
+      <c r="L79" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M79" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N79" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O79" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="80" customHeight="1" ht="30">
+      <c r="A80" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">11645</t>
+          </r>
+        </is>
+      </c>
+      <c r="B80" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Texas Association of REALTORS</t>
+          </r>
+        </is>
+      </c>
+      <c r="C80" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Trade Association</t>
+          </r>
+        </is>
+      </c>
+      <c r="D80" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1115 San Jacinto Blvd</t>
+          </r>
+        </is>
+      </c>
+      <c r="E80" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Suite 200</t>
+          </r>
+        </is>
+      </c>
+      <c r="F80" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G80" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H80" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701-1906</t>
+          </r>
+        </is>
+      </c>
+      <c r="I80" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J80" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TREPAC-Texas REALTORS Political Action Committee</t>
+          </r>
+        </is>
+      </c>
+      <c r="K80" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1115 San Jacinto Blvd</t>
+          </r>
+        </is>
+      </c>
+      <c r="L80" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Suite 200</t>
+          </r>
+        </is>
+      </c>
+      <c r="M80" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N80" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O80" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="81" customHeight="1" ht="30">
+      <c r="A81" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">11645</t>
+          </r>
+        </is>
+      </c>
+      <c r="B81" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Texas Association of REALTORS</t>
+          </r>
+        </is>
+      </c>
+      <c r="C81" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Trade Association</t>
+          </r>
+        </is>
+      </c>
+      <c r="D81" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1115 San Jacinto Blvd</t>
+          </r>
+        </is>
+      </c>
+      <c r="E81" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Suite 200</t>
+          </r>
+        </is>
+      </c>
+      <c r="F81" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G81" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H81" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701-1906</t>
+          </r>
+        </is>
+      </c>
+      <c r="I81" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J81" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TRIP-Texas REALTORS Issues Political Action Committee</t>
+          </r>
+        </is>
+      </c>
+      <c r="K81" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1115 San Jacinto Blvd</t>
+          </r>
+        </is>
+      </c>
+      <c r="L81" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Suite 200</t>
+          </r>
+        </is>
+      </c>
+      <c r="M81" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N81" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O81" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="82" customHeight="1" ht="30">
+      <c r="A82" s="2" t="inlineStr">
+        <is>
+          <r>
             <t xml:space="preserve">89480</t>
           </r>
         </is>
       </c>
-      <c r="B18" s="2" t="inlineStr">
+      <c r="B82" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Texas Trial Lawyers Association</t>
           </r>
         </is>
       </c>
-      <c r="C18" s="2" t="inlineStr">
+      <c r="C82" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Professional Organization</t>
           </r>
         </is>
       </c>
-      <c r="D18" s="2" t="inlineStr">
+      <c r="D82" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">1220 Colorado, Ste. 500</t>
           </r>
         </is>
       </c>
-      <c r="E18" s="3" t="inlineStr">
-[...20 lines deleted...]
-      <c r="H18" s="3" t="inlineStr">
+      <c r="E82" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F82" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G82" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H82" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">78701</t>
           </r>
         </is>
       </c>
-      <c r="I18" s="3" t="inlineStr">
+      <c r="I82" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">REGULAR</t>
           </r>
         </is>
       </c>
-      <c r="J18" s="2" t="inlineStr">
+      <c r="J82" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">Texas Trial Association PAC</t>
           </r>
         </is>
       </c>
-      <c r="K18" s="2" t="inlineStr">
+      <c r="K82" s="2" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">1220 Colorado, Ste. 500</t>
           </r>
         </is>
       </c>
-      <c r="L18" s="3" t="inlineStr">
-[...20 lines deleted...]
-      <c r="O18" s="3" t="inlineStr">
+      <c r="L82" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M82" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N82" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O82" s="3" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="83" customHeight="1" ht="30">
+      <c r="A83" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">56279</t>
+          </r>
+        </is>
+      </c>
+      <c r="B83" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Tipps, Mary L. (Ms.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C83" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">lobbyist</t>
+          </r>
+        </is>
+      </c>
+      <c r="D83" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">919 Congress</t>
+          </r>
+        </is>
+      </c>
+      <c r="E83" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Suite 455</t>
+          </r>
+        </is>
+      </c>
+      <c r="F83" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G83" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H83" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I83" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J83" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Texans for Lawsuit Reform</t>
+          </r>
+        </is>
+      </c>
+      <c r="K83" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">919 Congress</t>
+          </r>
+        </is>
+      </c>
+      <c r="L83" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">suite 455</t>
+          </r>
+        </is>
+      </c>
+      <c r="M83" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N83" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O83" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="84" customHeight="1" ht="30">
+      <c r="A84" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">84658</t>
+          </r>
+        </is>
+      </c>
+      <c r="B84" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Whitley, G. David (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C84" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Attorney / Gregory Strategies</t>
+          </r>
+        </is>
+      </c>
+      <c r="D84" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1122 Colorado Street, Suite 2399</t>
+          </r>
+        </is>
+      </c>
+      <c r="E84" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F84" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G84" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H84" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I84" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J84" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Friends of The University of Texas System</t>
+          </r>
+        </is>
+      </c>
+      <c r="K84" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">P.O. Box 92553</t>
+          </r>
+        </is>
+      </c>
+      <c r="L84" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M84" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N84" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O84" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78749</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="85" customHeight="1" ht="30">
+      <c r="A85" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">37475</t>
+          </r>
+        </is>
+      </c>
+      <c r="B85" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Yarbrough, Brian G. (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C85" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Attorney</t>
+          </r>
+        </is>
+      </c>
+      <c r="D85" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">807 Brazos, Suite 402</t>
+          </r>
+        </is>
+      </c>
+      <c r="E85" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F85" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G85" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H85" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I85" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J85" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Associated Republicans of Texas Campaign Fund</t>
+          </r>
+        </is>
+      </c>
+      <c r="K85" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">807 Brazos Street</t>
+          </r>
+        </is>
+      </c>
+      <c r="L85" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Suite 601</t>
+          </r>
+        </is>
+      </c>
+      <c r="M85" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N85" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O85" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="86" customHeight="1" ht="30">
+      <c r="A86" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">37475</t>
+          </r>
+        </is>
+      </c>
+      <c r="B86" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Yarbrough, Brian G. (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C86" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Attorney</t>
+          </r>
+        </is>
+      </c>
+      <c r="D86" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">807 Brazos, Suite 402</t>
+          </r>
+        </is>
+      </c>
+      <c r="E86" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F86" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G86" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H86" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I86" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J86" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">College of Health Care Professions PAC</t>
+          </r>
+        </is>
+      </c>
+      <c r="K86" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">2550 N. Loop West</t>
+          </r>
+        </is>
+      </c>
+      <c r="L86" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Suite 300</t>
+          </r>
+        </is>
+      </c>
+      <c r="M86" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Houston</t>
+          </r>
+        </is>
+      </c>
+      <c r="N86" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O86" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">77092</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="87" customHeight="1" ht="30">
+      <c r="A87" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">37475</t>
+          </r>
+        </is>
+      </c>
+      <c r="B87" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Yarbrough, Brian G. (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C87" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Attorney</t>
+          </r>
+        </is>
+      </c>
+      <c r="D87" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">807 Brazos, Suite 402</t>
+          </r>
+        </is>
+      </c>
+      <c r="E87" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F87" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G87" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H87" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I87" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J87" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Drew Darby Campaign</t>
+          </r>
+        </is>
+      </c>
+      <c r="K87" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">P.O. Box 3284</t>
+          </r>
+        </is>
+      </c>
+      <c r="L87" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M87" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">San Angelo</t>
+          </r>
+        </is>
+      </c>
+      <c r="N87" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O87" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">76902</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="88" customHeight="1" ht="30">
+      <c r="A88" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">37475</t>
+          </r>
+        </is>
+      </c>
+      <c r="B88" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Yarbrough, Brian G. (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C88" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Attorney</t>
+          </r>
+        </is>
+      </c>
+      <c r="D88" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">807 Brazos, Suite 402</t>
+          </r>
+        </is>
+      </c>
+      <c r="E88" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F88" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G88" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H88" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I88" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J88" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Friends of Brandon Creighton</t>
+          </r>
+        </is>
+      </c>
+      <c r="K88" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">2257 N. Loop 336</t>
+          </r>
+        </is>
+      </c>
+      <c r="L88" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Suite 140</t>
+          </r>
+        </is>
+      </c>
+      <c r="M88" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Conroe</t>
+          </r>
+        </is>
+      </c>
+      <c r="N88" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O88" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">77304</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="89" customHeight="1" ht="30">
+      <c r="A89" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">37475</t>
+          </r>
+        </is>
+      </c>
+      <c r="B89" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Yarbrough, Brian G. (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C89" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Attorney</t>
+          </r>
+        </is>
+      </c>
+      <c r="D89" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">807 Brazos, Suite 402</t>
+          </r>
+        </is>
+      </c>
+      <c r="E89" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F89" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G89" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H89" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I89" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J89" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Friends of the University of Texas System</t>
+          </r>
+        </is>
+      </c>
+      <c r="K89" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">P.O. Box 92553</t>
+          </r>
+        </is>
+      </c>
+      <c r="L89" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M89" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N89" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O89" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78749</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="90" customHeight="1" ht="30">
+      <c r="A90" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">37475</t>
+          </r>
+        </is>
+      </c>
+      <c r="B90" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Yarbrough, Brian G. (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C90" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Attorney</t>
+          </r>
+        </is>
+      </c>
+      <c r="D90" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">807 Brazos, Suite 402</t>
+          </r>
+        </is>
+      </c>
+      <c r="E90" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F90" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G90" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H90" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I90" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J90" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Jeff Leach Campaign</t>
+          </r>
+        </is>
+      </c>
+      <c r="K90" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">P.O. Box 866186</t>
+          </r>
+        </is>
+      </c>
+      <c r="L90" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M90" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Plano</t>
+          </r>
+        </is>
+      </c>
+      <c r="N90" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O90" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">75068</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="91" customHeight="1" ht="30">
+      <c r="A91" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">37475</t>
+          </r>
+        </is>
+      </c>
+      <c r="B91" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Yarbrough, Brian G. (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C91" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Attorney</t>
+          </r>
+        </is>
+      </c>
+      <c r="D91" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">807 Brazos, Suite 402</t>
+          </r>
+        </is>
+      </c>
+      <c r="E91" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F91" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G91" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H91" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I91" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J91" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">JES Holdings, LLC - Texas Development PAC</t>
+          </r>
+        </is>
+      </c>
+      <c r="K91" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">206 Peach Way</t>
+          </r>
+        </is>
+      </c>
+      <c r="L91" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M91" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Colombia</t>
+          </r>
+        </is>
+      </c>
+      <c r="N91" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">MO</t>
+          </r>
+        </is>
+      </c>
+      <c r="O91" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">65203</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="92" customHeight="1" ht="30">
+      <c r="A92" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">37475</t>
+          </r>
+        </is>
+      </c>
+      <c r="B92" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Yarbrough, Brian G. (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C92" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Attorney</t>
+          </r>
+        </is>
+      </c>
+      <c r="D92" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">807 Brazos, Suite 402</t>
+          </r>
+        </is>
+      </c>
+      <c r="E92" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F92" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G92" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H92" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I92" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J92" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Ken King Campaign</t>
+          </r>
+        </is>
+      </c>
+      <c r="K92" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">P.O. Box 1202</t>
+          </r>
+        </is>
+      </c>
+      <c r="L92" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M92" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Canadian</t>
+          </r>
+        </is>
+      </c>
+      <c r="N92" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O92" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">79014</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="93" customHeight="1" ht="30">
+      <c r="A93" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">37475</t>
+          </r>
+        </is>
+      </c>
+      <c r="B93" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Yarbrough, Brian G. (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C93" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Attorney</t>
+          </r>
+        </is>
+      </c>
+      <c r="D93" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">807 Brazos, Suite 402</t>
+          </r>
+        </is>
+      </c>
+      <c r="E93" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F93" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G93" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H93" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I93" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J93" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Pape-Dawson Engineers PAC</t>
+          </r>
+        </is>
+      </c>
+      <c r="K93" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">2000 NW Loop 410</t>
+          </r>
+        </is>
+      </c>
+      <c r="L93" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M93" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">San Antonio</t>
+          </r>
+        </is>
+      </c>
+      <c r="N93" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O93" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78213</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="94" customHeight="1" ht="30">
+      <c r="A94" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">37475</t>
+          </r>
+        </is>
+      </c>
+      <c r="B94" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Yarbrough, Brian G. (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C94" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Attorney</t>
+          </r>
+        </is>
+      </c>
+      <c r="D94" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">807 Brazos, Suite 402</t>
+          </r>
+        </is>
+      </c>
+      <c r="E94" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F94" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G94" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H94" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I94" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J94" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">POM - Texas Operators for Skill PAC</t>
+          </r>
+        </is>
+      </c>
+      <c r="K94" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">3450 Corporate Way</t>
+          </r>
+        </is>
+      </c>
+      <c r="L94" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M94" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Duluth</t>
+          </r>
+        </is>
+      </c>
+      <c r="N94" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">GA</t>
+          </r>
+        </is>
+      </c>
+      <c r="O94" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">30096</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="95" customHeight="1" ht="30">
+      <c r="A95" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">37475</t>
+          </r>
+        </is>
+      </c>
+      <c r="B95" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Yarbrough, Brian G. (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C95" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Attorney</t>
+          </r>
+        </is>
+      </c>
+      <c r="D95" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">807 Brazos, Suite 402</t>
+          </r>
+        </is>
+      </c>
+      <c r="E95" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F95" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G95" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H95" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I95" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J95" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Sam Harless Campaign</t>
+          </r>
+        </is>
+      </c>
+      <c r="K95" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">15814 Champion Forest</t>
+          </r>
+        </is>
+      </c>
+      <c r="L95" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">PMB 312</t>
+          </r>
+        </is>
+      </c>
+      <c r="M95" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Spring</t>
+          </r>
+        </is>
+      </c>
+      <c r="N95" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O95" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">77379</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="96" customHeight="1" ht="30">
+      <c r="A96" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">37475</t>
+          </r>
+        </is>
+      </c>
+      <c r="B96" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Yarbrough, Brian G. (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C96" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Attorney</t>
+          </r>
+        </is>
+      </c>
+      <c r="D96" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">807 Brazos, Suite 402</t>
+          </r>
+        </is>
+      </c>
+      <c r="E96" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F96" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G96" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H96" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I96" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J96" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Texas Bankers Association Bankers PAC</t>
+          </r>
+        </is>
+      </c>
+      <c r="K96" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">203 West 10th Street</t>
+          </r>
+        </is>
+      </c>
+      <c r="L96" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="M96" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N96" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O96" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="97" customHeight="1" ht="30">
+      <c r="A97" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">37475</t>
+          </r>
+        </is>
+      </c>
+      <c r="B97" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Yarbrough, Brian G. (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C97" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Attorney</t>
+          </r>
+        </is>
+      </c>
+      <c r="D97" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">807 Brazos, Suite 402</t>
+          </r>
+        </is>
+      </c>
+      <c r="E97" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F97" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G97" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H97" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I97" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J97" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Texas Diamondback Energy, Inc. PAC</t>
+          </r>
+        </is>
+      </c>
+      <c r="K97" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">500 W. Texas Avenue</t>
+          </r>
+        </is>
+      </c>
+      <c r="L97" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Suite 1200</t>
+          </r>
+        </is>
+      </c>
+      <c r="M97" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Midland</t>
+          </r>
+        </is>
+      </c>
+      <c r="N97" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O97" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">79701</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="98" customHeight="1" ht="30">
+      <c r="A98" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">37475</t>
+          </r>
+        </is>
+      </c>
+      <c r="B98" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Yarbrough, Brian G. (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C98" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Attorney</t>
+          </r>
+        </is>
+      </c>
+      <c r="D98" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">807 Brazos, Suite 402</t>
+          </r>
+        </is>
+      </c>
+      <c r="E98" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F98" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G98" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H98" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I98" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J98" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Texas Mortgage Bankers Association PAC</t>
+          </r>
+        </is>
+      </c>
+      <c r="K98" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">1701 Directors Blvd.</t>
+          </r>
+        </is>
+      </c>
+      <c r="L98" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Suite 240</t>
+          </r>
+        </is>
+      </c>
+      <c r="M98" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N98" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O98" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78744</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="99" customHeight="1" ht="30">
+      <c r="A99" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">37475</t>
+          </r>
+        </is>
+      </c>
+      <c r="B99" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Yarbrough, Brian G. (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C99" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Attorney</t>
+          </r>
+        </is>
+      </c>
+      <c r="D99" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">807 Brazos, Suite 402</t>
+          </r>
+        </is>
+      </c>
+      <c r="E99" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F99" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G99" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H99" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I99" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J99" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Texas Stock Exchange | TXSE Group PAC</t>
+          </r>
+        </is>
+      </c>
+      <c r="K99" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">4550 Travis Street</t>
+          </r>
+        </is>
+      </c>
+      <c r="L99" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Suite 650</t>
+          </r>
+        </is>
+      </c>
+      <c r="M99" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Dallas</t>
+          </r>
+        </is>
+      </c>
+      <c r="N99" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O99" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">75219</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="100" customHeight="1" ht="30">
+      <c r="A100" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">37475</t>
+          </r>
+        </is>
+      </c>
+      <c r="B100" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Yarbrough, Brian G. (Mr.)</t>
+          </r>
+        </is>
+      </c>
+      <c r="C100" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Attorney</t>
+          </r>
+        </is>
+      </c>
+      <c r="D100" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">807 Brazos, Suite 402</t>
+          </r>
+        </is>
+      </c>
+      <c r="E100" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">null</t>
+          </r>
+        </is>
+      </c>
+      <c r="F100" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="G100" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="H100" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78701</t>
+          </r>
+        </is>
+      </c>
+      <c r="I100" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">REGULAR</t>
+          </r>
+        </is>
+      </c>
+      <c r="J100" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TORCH Alliance for Rural Health PAC</t>
+          </r>
+        </is>
+      </c>
+      <c r="K100" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">901 S. Mopac</t>
+          </r>
+        </is>
+      </c>
+      <c r="L100" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Bldg. IV Ste. 290</t>
+          </r>
+        </is>
+      </c>
+      <c r="M100" s="2" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">Austin</t>
+          </r>
+        </is>
+      </c>
+      <c r="N100" s="4" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">TX</t>
+          </r>
+        </is>
+      </c>
+      <c r="O100" s="3" t="inlineStr">
+        <is>
+          <r>
+            <t xml:space="preserve">78746</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.0" right="0.0" top="0.0" bottom="0.00" header="0.0" footer="0.0"/>
   <pageSetup orientation="landscape"/>
   <drawing r:id="rIdDr1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>JasperReports Library version hotfix-6.21.0-JRL-1954-SNAPSHOT-b14d248516e1a737210cd723efb334a4985def36</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
 </coreProperties>
 </file>